--- v0 (2026-01-23)
+++ v1 (2026-03-10)
@@ -278,51 +278,71 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="200"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Trendy cenowe i zmieniające się preferencje</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">W ostatnich latach ceny nieruchomości w popularnych regionach Cypru wzrosły, co wynika z rosnącego popytu i ograniczonej podaży gruntów pod nowe inwestycje. Kupujący coraz częściej zwracają uwagę nie tylko na lokalizację i cenę, ale również na standard wykończenia, dostęp do udogodnień i bezpieczeństwo inwestycji.</w:t>
+        <w:t xml:space="preserve">W ostatnich latach ceny </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">nieruchomości w popularnych regionach Cypru </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">wzrosły, co wynika z rosnącego popytu i ograniczonej podaży gruntów pod nowe inwestycje. Kupujący coraz częściej zwracają uwagę nie tylko na lokalizację i cenę, ale również na standard wykończenia, dostęp do udogodnień i bezpieczeństwo inwestycji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">l </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -445,51 +465,51 @@
         <w:t xml:space="preserve">Wyspa pozostaje jednym z najbardziej przyjaznych krajów dla inwestorów i osób planujących relokację w Europie. Stabilne prawo, korzystne regulacje podatkowe oraz rozwinięta infrastruktura sprawiają, że rynek nieruchomości na Cyprze jest zarówno bezpieczny, jak i atrakcyjny z perspektywy inwestycyjnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Eksperci podkreślają, że sukces na tym rynku wymaga dokładnego rozpoznania lokalnych uwarunkowań i świadomego wyboru lokalizacji, dopasowanego do potrzeb rodzin, przedsiębiorców oraz osób pracujących zdalnie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Szczegółowe informacje na temat rynku nieruchomości oraz życia na Cyprze dostępne są na stronie: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:b/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.emprocy.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11870" w:h="16787"/>
       <w:pgMar w:top="650" w:right="650" w:bottom="850" w:left="650" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
@@ -587,51 +607,51 @@
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:rPrDefault>
   </w:docDefaults>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emprocy.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emprocy.com/inwestycje-w-nieruchomosci/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emprocy.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>