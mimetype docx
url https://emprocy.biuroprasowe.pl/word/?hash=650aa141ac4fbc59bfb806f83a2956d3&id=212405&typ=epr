--- v0 (2026-01-23)
+++ v1 (2026-03-09)
@@ -213,86 +213,98 @@
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Choć Nikozja nie leży nad morzem, pozostaje centrum administracyjnym i edukacyjnym Cypru. To dobry wybór dla osób pracujących zdalnie, które cenią miejski styl życia, dostęp do instytucji publicznych oraz stabilne warunki prowadzenia działalności. Miasto oferuje szeroki wybór szkół i uczelni, a także dobrze rozwiniętą infrastrukturę biznesową, co czyni je atrakcyjną alternatywą dla rodzin i profesjonalistów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="200"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Cypr jako bezpieczna przestrzeń do życia i pracy zdalnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Relokacja na Cypr to dla wielu osób nie tylko zmiana miejsca zamieszkania, ale początek nowego etapu życia. Wyspa oferuje przejrzyste regulacje prawne, stabilność gospodarczą oraz przyjazne podejście do cudzoziemców. Eksperci rynku nieruchomości i relokacji podkreślają, że kluczowe znaczenie ma wybór regionu dopasowanego do indywidualnych potrzeb - zarówno rodzinnych, jak i zawodowych.</w:t>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Relokacja na Cypr</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to dla wielu osób nie tylko zmiana miejsca zamieszkania, ale początek nowego etapu życia. Wyspa oferuje przejrzyste regulacje prawne, stabilność gospodarczą oraz przyjazne podejście do cudzoziemców. Eksperci rynku nieruchomości i relokacji podkreślają, że kluczowe znaczenie ma wybór regionu dopasowanego do indywidualnych potrzeb - zarówno rodzinnych, jak i zawodowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Zakończenie / informacja dodatkowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Szczegółowe informacje dotyczące relokacji, rynku nieruchomości oraz życia na Cyprze dostępne są na stronie: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:b/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.emprocy.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11870" w:h="16787"/>
       <w:pgMar w:top="650" w:right="650" w:bottom="850" w:left="650" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
@@ -390,51 +402,51 @@
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:rPrDefault>
   </w:docDefaults>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emprocy.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emprocy.com/relokacja-osob-i-rodzin/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emprocy.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>